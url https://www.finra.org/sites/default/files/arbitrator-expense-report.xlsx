--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -11,60 +11,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://finra-my.sharepoint.com/personal/stefanie_kendall_finra_org/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FED96472-309E-442F-AC76-F2FB9E700B52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CB201CFD-EBE7-420D-8ADA-343E0C50BF3F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-4035" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="5-DAY T&amp;E Form" sheetId="1" r:id="rId1"/>
     <sheet name="Module1" sheetId="3" state="veryHidden" r:id="rId2"/>
     <sheet name="Module2" sheetId="4" state="veryHidden" r:id="rId3"/>
     <sheet name="Module3" sheetId="5" state="veryHidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'5-DAY T&amp;E Form'!$A$1:$O$34</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -249,94 +249,94 @@
     <t>DEPT. #</t>
   </si>
   <si>
     <t>LOCATION</t>
   </si>
   <si>
     <t>PROJECT</t>
   </si>
   <si>
     <t>LIFE CYCLE</t>
   </si>
   <si>
     <t>I certify that the above information is complete and true and in compliance with FINRA policy</t>
   </si>
   <si>
     <t>Arbitrator Checklist</t>
   </si>
   <si>
     <t>State specific business purpose</t>
   </si>
   <si>
     <t xml:space="preserve">
 Attach documentation of prior approval if necessary.</t>
   </si>
   <si>
-    <t>Taxi/Metro Local Trans/Parking/Tolls</t>
-[...1 lines deleted...]
-  <si>
     <t>Approver's Name:</t>
   </si>
   <si>
     <t>Approved by:</t>
   </si>
   <si>
     <t>***SEE INSTRUCTIONS TO COMPLETE THIS FORM***</t>
   </si>
   <si>
     <t>Budgeting purpose only (FINRA staff use only)</t>
   </si>
   <si>
     <t>Telephone Expense</t>
   </si>
   <si>
     <t>Send original with receipts for expenses of $25 and above to: 
    FINRA Dispute Resolution</t>
   </si>
   <si>
     <t>SC239</t>
   </si>
   <si>
-    <t>SC244</t>
-[...1 lines deleted...]
-  <si>
     <t>SC251</t>
   </si>
   <si>
     <t>SC107</t>
   </si>
   <si>
     <t>SC232</t>
   </si>
   <si>
     <t>SC-165</t>
   </si>
   <si>
     <t>SC120</t>
   </si>
   <si>
     <t>SC237/SC242</t>
+  </si>
+  <si>
+    <t>SC244/SC241/SC245</t>
+  </si>
+  <si>
+    <t>Taxi,Metro,Local Trans/Parking/Tolls</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yy"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1614,50 +1614,88 @@
     </xf>
     <xf numFmtId="43" fontId="11" fillId="5" borderId="51" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="21" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="6" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="11" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" fontId="11" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" fontId="11" fillId="3" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="3" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="15" fontId="5" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="3" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="3" borderId="5" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="3" borderId="52" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="57" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="58" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="58" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="57" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="58" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="13" fillId="2" borderId="33" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="43" fontId="13" fillId="2" borderId="34" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="43" fontId="13" fillId="2" borderId="59" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="3" borderId="40" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="3" borderId="60" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="3" borderId="41" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="3" borderId="53" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="3" borderId="50" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1669,113 +1707,75 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="43" fontId="10" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="10" fillId="3" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="10" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -2425,359 +2425,359 @@
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P62"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="G10" sqref="G10"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="11.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.54296875" style="2" customWidth="1"/>
     <col min="2" max="2" width="10.81640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="15" style="2" customWidth="1"/>
     <col min="4" max="4" width="17.54296875" style="2" customWidth="1"/>
     <col min="5" max="5" width="11.81640625" style="2" customWidth="1"/>
     <col min="6" max="6" width="10.54296875" style="2" customWidth="1"/>
     <col min="7" max="7" width="21.54296875" style="2" customWidth="1"/>
     <col min="8" max="10" width="10.54296875" style="2" customWidth="1"/>
     <col min="11" max="11" width="11.81640625" style="2" customWidth="1"/>
     <col min="12" max="12" width="18.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="6" style="2" customWidth="1"/>
     <col min="14" max="14" width="19" style="2" customWidth="1"/>
     <col min="15" max="15" width="10.54296875" style="2" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8" style="2" hidden="1" customWidth="1"/>
     <col min="17" max="16384" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="25.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="1"/>
       <c r="D1" s="3"/>
-      <c r="E1" s="156" t="s">
+      <c r="E1" s="167" t="s">
         <v>23</v>
       </c>
-      <c r="F1" s="156"/>
-[...4 lines deleted...]
-      <c r="K1" s="156"/>
+      <c r="F1" s="167"/>
+      <c r="G1" s="167"/>
+      <c r="H1" s="167"/>
+      <c r="I1" s="167"/>
+      <c r="J1" s="167"/>
+      <c r="K1" s="167"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
     </row>
     <row r="2" spans="1:16" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="D2" s="4"/>
       <c r="E2" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H2" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="8"/>
       <c r="M2" s="141"/>
       <c r="N2" s="142"/>
       <c r="O2" s="143"/>
     </row>
     <row r="3" spans="1:16" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="10"/>
       <c r="C3" s="11" t="s">
         <v>24</v>
       </c>
-      <c r="D3" s="175"/>
-      <c r="E3" s="175"/>
+      <c r="D3" s="184"/>
+      <c r="E3" s="184"/>
       <c r="F3" s="12" t="s">
         <v>26</v>
       </c>
       <c r="G3" s="13"/>
       <c r="H3" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="I3" s="178"/>
-      <c r="J3" s="179"/>
+      <c r="I3" s="187"/>
+      <c r="J3" s="188"/>
       <c r="K3" s="15" t="s">
         <v>2</v>
       </c>
       <c r="L3" s="16"/>
       <c r="M3" s="9" t="s">
         <v>0</v>
       </c>
       <c r="N3" s="148">
         <f>+G3</f>
         <v>0</v>
       </c>
       <c r="O3" s="149">
         <f>+O19</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:16" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="17"/>
       <c r="B4" s="18"/>
       <c r="C4" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="166"/>
-[...2 lines deleted...]
-      <c r="G4" s="167"/>
+      <c r="D4" s="177"/>
+      <c r="E4" s="177"/>
+      <c r="F4" s="177"/>
+      <c r="G4" s="178"/>
       <c r="H4" s="14" t="s">
         <v>5</v>
       </c>
       <c r="I4" s="20"/>
-      <c r="J4" s="180" t="s">
+      <c r="J4" s="189" t="s">
         <v>6</v>
       </c>
-      <c r="K4" s="181"/>
+      <c r="K4" s="190"/>
       <c r="L4" s="16"/>
       <c r="M4" s="16"/>
       <c r="N4" s="21" t="s">
         <v>3</v>
       </c>
       <c r="O4" s="22"/>
     </row>
     <row r="5" spans="1:16" ht="24.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C5" s="23" t="s">
         <v>31</v>
       </c>
-      <c r="D5" s="168"/>
-[...2 lines deleted...]
-      <c r="G5" s="169"/>
+      <c r="D5" s="179"/>
+      <c r="E5" s="179"/>
+      <c r="F5" s="179"/>
+      <c r="G5" s="180"/>
       <c r="H5" s="24" t="s">
         <v>7</v>
       </c>
       <c r="I5" s="25"/>
       <c r="J5" s="26"/>
       <c r="K5" s="26"/>
       <c r="L5" s="27"/>
       <c r="M5" s="139"/>
-      <c r="N5" s="176"/>
-      <c r="O5" s="177"/>
+      <c r="N5" s="185"/>
+      <c r="O5" s="186"/>
     </row>
     <row r="6" spans="1:16" s="34" customFormat="1" ht="12" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="29" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="30"/>
       <c r="D6" s="31"/>
       <c r="E6" s="29" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="30"/>
       <c r="G6" s="31"/>
       <c r="H6" s="32" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="29" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="30"/>
       <c r="K6" s="31"/>
       <c r="L6" s="128" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="M6" s="28"/>
       <c r="N6" s="28" t="s">
         <v>13</v>
       </c>
       <c r="O6" s="33" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:16" s="43" customFormat="1" ht="23.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="35"/>
       <c r="B7" s="36" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="37" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="38" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="E7" s="39" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="37" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="38" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="40" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="36" t="s">
         <v>18</v>
       </c>
       <c r="J7" s="37" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="38" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="41"/>
       <c r="M7" s="41"/>
       <c r="N7" s="42" t="s">
         <v>21</v>
       </c>
       <c r="O7" s="41"/>
     </row>
     <row r="8" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="44"/>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="151">
-        <v>0.7</v>
+        <v>0.72499999999999998</v>
       </c>
       <c r="F8" s="152"/>
       <c r="G8" s="138">
         <f>+F8*E8</f>
         <v>0</v>
       </c>
       <c r="H8" s="46"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="45"/>
       <c r="L8" s="45"/>
       <c r="M8" s="144"/>
       <c r="N8" s="45"/>
       <c r="O8" s="129">
         <f>SUM(G8:N8)+B8+C8+D8</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="44"/>
       <c r="B9" s="45"/>
       <c r="C9" s="45"/>
       <c r="D9" s="45"/>
       <c r="E9" s="151">
-        <v>0.7</v>
+        <v>0.72499999999999998</v>
       </c>
       <c r="F9" s="153"/>
       <c r="G9" s="138">
         <f>+F9*E9</f>
         <v>0</v>
       </c>
       <c r="H9" s="46"/>
       <c r="I9" s="45"/>
       <c r="J9" s="45"/>
       <c r="K9" s="45"/>
       <c r="L9" s="45"/>
       <c r="M9" s="41"/>
       <c r="N9" s="45"/>
       <c r="O9" s="129">
         <f>SUM(G9:N9)+B9+C9+D9</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="44"/>
       <c r="B10" s="45"/>
       <c r="C10" s="45"/>
       <c r="D10" s="45"/>
       <c r="E10" s="151">
-        <v>0.7</v>
+        <v>0.72499999999999998</v>
       </c>
       <c r="F10" s="153"/>
       <c r="G10" s="138">
         <f>+F10*E10</f>
         <v>0</v>
       </c>
       <c r="H10" s="46"/>
       <c r="I10" s="45"/>
       <c r="J10" s="45"/>
       <c r="K10" s="45"/>
       <c r="L10" s="45"/>
       <c r="M10" s="41"/>
       <c r="N10" s="45"/>
       <c r="O10" s="129">
         <f>SUM(G10:N10)+B10+C10+D10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="44"/>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="151">
-        <v>0.7</v>
+        <v>0.72499999999999998</v>
       </c>
       <c r="F11" s="153"/>
       <c r="G11" s="138">
         <f>+F11*E11</f>
         <v>0</v>
       </c>
       <c r="H11" s="46"/>
       <c r="I11" s="45"/>
       <c r="J11" s="45"/>
       <c r="K11" s="45"/>
       <c r="L11" s="45"/>
       <c r="M11" s="41"/>
       <c r="N11" s="45"/>
       <c r="O11" s="129">
         <f>SUM(G11:N11)+B11+C11+D11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="44"/>
       <c r="B12" s="45"/>
       <c r="C12" s="45"/>
       <c r="D12" s="45"/>
       <c r="E12" s="151">
-        <v>0.7</v>
+        <v>0.72499999999999998</v>
       </c>
       <c r="F12" s="154"/>
       <c r="G12" s="138">
         <f>+F12*E12</f>
         <v>0</v>
       </c>
       <c r="H12" s="48"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="41"/>
       <c r="N12" s="47"/>
       <c r="O12" s="129">
         <f>SUM(G12:N12)+B12+C12+D12</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="49" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="50">
         <f>SUM(B8:B12)</f>
         <v>0</v>
@@ -2887,424 +2887,424 @@
       </c>
       <c r="K15" s="59">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L15" s="59">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M15" s="41"/>
       <c r="N15" s="59">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O15" s="134">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="P15" s="61"/>
     </row>
     <row r="16" spans="1:16" s="69" customFormat="1" ht="12" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="62" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="63" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C16" s="63" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D16" s="63" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E16" s="63"/>
       <c r="F16" s="63"/>
       <c r="G16" s="63" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H16" s="63" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I16" s="64" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="J16" s="65" t="s">
         <v>34</v>
       </c>
       <c r="K16" s="66">
         <f>SUM(I15:K15)</f>
         <v>0</v>
       </c>
       <c r="L16" s="63" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="M16" s="41"/>
       <c r="N16" s="63" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="O16" s="67"/>
       <c r="P16" s="68"/>
     </row>
     <row r="17" spans="1:16" ht="12" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="70"/>
       <c r="B17" s="71"/>
       <c r="C17" s="72"/>
       <c r="D17" s="73"/>
       <c r="E17" s="74" t="s">
         <v>35</v>
       </c>
       <c r="F17" s="71"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="76"/>
       <c r="J17" s="76"/>
       <c r="K17" s="75"/>
       <c r="L17" s="77"/>
       <c r="M17" s="75"/>
       <c r="N17" s="78" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="O17" s="79"/>
       <c r="P17" s="135">
         <f>+O17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:16" s="1" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="80" t="s">
         <v>36</v>
       </c>
-      <c r="B18" s="170" t="s">
+      <c r="B18" s="181" t="s">
         <v>37</v>
       </c>
-      <c r="C18" s="171"/>
-      <c r="D18" s="170" t="s">
+      <c r="C18" s="182"/>
+      <c r="D18" s="181" t="s">
         <v>38</v>
       </c>
-      <c r="E18" s="172"/>
-[...5 lines deleted...]
-      <c r="K18" s="171"/>
+      <c r="E18" s="183"/>
+      <c r="F18" s="183"/>
+      <c r="G18" s="183"/>
+      <c r="H18" s="183"/>
+      <c r="I18" s="183"/>
+      <c r="J18" s="183"/>
+      <c r="K18" s="182"/>
       <c r="L18" s="81" t="s">
         <v>39</v>
       </c>
       <c r="M18" s="145"/>
       <c r="N18" s="82"/>
       <c r="O18" s="83"/>
       <c r="P18" s="135">
         <f>+O15+P17</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="84"/>
-      <c r="B19" s="173"/>
-[...8 lines deleted...]
-      <c r="K19" s="185"/>
+      <c r="B19" s="160"/>
+      <c r="C19" s="161"/>
+      <c r="D19" s="157"/>
+      <c r="E19" s="158"/>
+      <c r="F19" s="158"/>
+      <c r="G19" s="158"/>
+      <c r="H19" s="158"/>
+      <c r="I19" s="158"/>
+      <c r="J19" s="158"/>
+      <c r="K19" s="159"/>
       <c r="L19" s="85"/>
       <c r="M19" s="147"/>
       <c r="N19" s="86" t="s">
         <v>40</v>
       </c>
       <c r="O19" s="87">
         <f>IF(AND(P18&gt;0),P19,0)</f>
         <v>0</v>
       </c>
       <c r="P19" s="88">
         <f>+O15-P17</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="84"/>
-      <c r="B20" s="173"/>
-[...8 lines deleted...]
-      <c r="K20" s="185"/>
+      <c r="B20" s="160"/>
+      <c r="C20" s="161"/>
+      <c r="D20" s="157"/>
+      <c r="E20" s="158"/>
+      <c r="F20" s="158"/>
+      <c r="G20" s="158"/>
+      <c r="H20" s="158"/>
+      <c r="I20" s="158"/>
+      <c r="J20" s="158"/>
+      <c r="K20" s="159"/>
       <c r="L20" s="85"/>
       <c r="M20" s="146"/>
       <c r="N20" s="89" t="s">
         <v>48</v>
       </c>
       <c r="O20" s="90"/>
     </row>
     <row r="21" spans="1:16" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="84"/>
-      <c r="B21" s="173"/>
-[...8 lines deleted...]
-      <c r="K21" s="185"/>
+      <c r="B21" s="160"/>
+      <c r="C21" s="161"/>
+      <c r="D21" s="157"/>
+      <c r="E21" s="158"/>
+      <c r="F21" s="158"/>
+      <c r="G21" s="158"/>
+      <c r="H21" s="158"/>
+      <c r="I21" s="158"/>
+      <c r="J21" s="158"/>
+      <c r="K21" s="159"/>
       <c r="L21" s="85"/>
       <c r="M21" s="146"/>
-      <c r="N21" s="189" t="s">
+      <c r="N21" s="165" t="s">
         <v>49</v>
       </c>
-      <c r="O21" s="190"/>
+      <c r="O21" s="166"/>
       <c r="P21" s="91"/>
     </row>
     <row r="22" spans="1:16" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="84"/>
-      <c r="B22" s="173"/>
-[...8 lines deleted...]
-      <c r="K22" s="185"/>
+      <c r="B22" s="160"/>
+      <c r="C22" s="161"/>
+      <c r="D22" s="157"/>
+      <c r="E22" s="158"/>
+      <c r="F22" s="158"/>
+      <c r="G22" s="158"/>
+      <c r="H22" s="158"/>
+      <c r="I22" s="158"/>
+      <c r="J22" s="158"/>
+      <c r="K22" s="159"/>
       <c r="L22" s="85"/>
       <c r="M22" s="146"/>
-      <c r="N22" s="186" t="s">
+      <c r="N22" s="162" t="s">
         <v>50</v>
       </c>
-      <c r="O22" s="187"/>
+      <c r="O22" s="163"/>
     </row>
     <row r="23" spans="1:16" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="84"/>
-      <c r="B23" s="173"/>
-[...8 lines deleted...]
-      <c r="K23" s="185"/>
+      <c r="B23" s="160"/>
+      <c r="C23" s="161"/>
+      <c r="D23" s="157"/>
+      <c r="E23" s="158"/>
+      <c r="F23" s="158"/>
+      <c r="G23" s="158"/>
+      <c r="H23" s="158"/>
+      <c r="I23" s="158"/>
+      <c r="J23" s="158"/>
+      <c r="K23" s="159"/>
       <c r="L23" s="85"/>
       <c r="M23" s="146"/>
-      <c r="N23" s="186" t="s">
-[...2 lines deleted...]
-      <c r="O23" s="188"/>
+      <c r="N23" s="162" t="s">
+        <v>56</v>
+      </c>
+      <c r="O23" s="164"/>
     </row>
     <row r="24" spans="1:16" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="157" t="s">
+      <c r="A24" s="168" t="s">
         <v>41</v>
       </c>
-      <c r="B24" s="158"/>
-[...4 lines deleted...]
-      <c r="G24" s="160" t="s">
+      <c r="B24" s="169"/>
+      <c r="C24" s="169"/>
+      <c r="D24" s="169"/>
+      <c r="E24" s="169"/>
+      <c r="F24" s="170"/>
+      <c r="G24" s="171" t="s">
         <v>47</v>
       </c>
-      <c r="H24" s="161"/>
-[...6 lines deleted...]
-      <c r="O24" s="162"/>
+      <c r="H24" s="172"/>
+      <c r="I24" s="172"/>
+      <c r="J24" s="172"/>
+      <c r="K24" s="172"/>
+      <c r="L24" s="172"/>
+      <c r="M24" s="172"/>
+      <c r="N24" s="172"/>
+      <c r="O24" s="173"/>
     </row>
     <row r="25" spans="1:16" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="92" t="s">
         <v>39</v>
       </c>
       <c r="B25" s="93" t="s">
         <v>42</v>
       </c>
       <c r="C25" s="93" t="s">
         <v>43</v>
       </c>
       <c r="D25" s="93" t="s">
         <v>44</v>
       </c>
       <c r="E25" s="93" t="s">
         <v>45</v>
       </c>
       <c r="F25" s="93" t="s">
         <v>46</v>
       </c>
-      <c r="G25" s="163"/>
-[...7 lines deleted...]
-      <c r="O25" s="165"/>
+      <c r="G25" s="174"/>
+      <c r="H25" s="175"/>
+      <c r="I25" s="175"/>
+      <c r="J25" s="175"/>
+      <c r="K25" s="175"/>
+      <c r="L25" s="175"/>
+      <c r="M25" s="175"/>
+      <c r="N25" s="175"/>
+      <c r="O25" s="176"/>
     </row>
     <row r="26" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="44"/>
       <c r="B26" s="150"/>
       <c r="C26" s="150"/>
       <c r="D26" s="150"/>
       <c r="E26" s="150"/>
       <c r="F26" s="150"/>
       <c r="G26" s="94" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="136"/>
       <c r="I26" s="136"/>
       <c r="J26" s="136"/>
       <c r="K26" s="136"/>
       <c r="L26" s="136"/>
       <c r="M26" s="140"/>
       <c r="N26" s="95" t="s">
         <v>22</v>
       </c>
       <c r="O26" s="96"/>
     </row>
     <row r="27" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="44"/>
       <c r="B27" s="150"/>
       <c r="C27" s="150"/>
       <c r="D27" s="150"/>
       <c r="E27" s="150"/>
       <c r="F27" s="150"/>
       <c r="G27" s="130"/>
       <c r="H27" s="98"/>
       <c r="I27" s="98"/>
       <c r="J27" s="98"/>
       <c r="K27" s="98"/>
       <c r="L27" s="98"/>
       <c r="M27" s="98"/>
       <c r="N27" s="131"/>
       <c r="O27" s="97"/>
     </row>
     <row r="28" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="44"/>
       <c r="B28" s="150"/>
       <c r="C28" s="150"/>
       <c r="D28" s="150"/>
       <c r="E28" s="150"/>
       <c r="F28" s="150"/>
       <c r="G28" s="94" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="H28" s="136"/>
       <c r="I28" s="136"/>
       <c r="J28" s="136"/>
       <c r="K28" s="136"/>
       <c r="L28" s="136"/>
       <c r="M28" s="136"/>
       <c r="N28" s="136"/>
       <c r="O28" s="137"/>
     </row>
     <row r="29" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="44"/>
       <c r="B29" s="150"/>
       <c r="C29" s="150"/>
       <c r="D29" s="150"/>
       <c r="E29" s="150"/>
       <c r="F29" s="150"/>
       <c r="G29" s="130"/>
       <c r="H29" s="98"/>
       <c r="I29" s="98"/>
       <c r="J29" s="98"/>
       <c r="K29" s="98"/>
       <c r="L29" s="98"/>
       <c r="M29" s="98"/>
       <c r="N29" s="98"/>
       <c r="O29" s="99"/>
     </row>
     <row r="30" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="44"/>
       <c r="B30" s="150"/>
       <c r="C30" s="150"/>
       <c r="D30" s="150"/>
       <c r="E30" s="150"/>
       <c r="F30" s="150"/>
       <c r="G30" s="94" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H30" s="136"/>
       <c r="I30" s="136"/>
       <c r="J30" s="136"/>
       <c r="K30" s="136"/>
       <c r="L30" s="136"/>
       <c r="M30" s="140"/>
       <c r="N30" s="95" t="s">
         <v>22</v>
       </c>
       <c r="O30" s="100"/>
     </row>
     <row r="31" spans="1:16" ht="22" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="44"/>
       <c r="B31" s="150"/>
       <c r="C31" s="150"/>
       <c r="D31" s="150"/>
       <c r="E31" s="150"/>
       <c r="F31" s="150"/>
       <c r="G31" s="130"/>
       <c r="H31" s="98"/>
       <c r="I31" s="98"/>
       <c r="J31" s="98"/>
       <c r="K31" s="98"/>
       <c r="L31" s="98"/>
       <c r="M31" s="98"/>
       <c r="N31" s="131"/>
       <c r="O31" s="97"/>
     </row>
     <row r="32" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="182" t="s">
-[...16 lines deleted...]
-      <c r="P32" s="182"/>
+      <c r="A32" s="156" t="s">
+        <v>53</v>
+      </c>
+      <c r="B32" s="156"/>
+      <c r="C32" s="156"/>
+      <c r="D32" s="156"/>
+      <c r="E32" s="156"/>
+      <c r="F32" s="156"/>
+      <c r="G32" s="156"/>
+      <c r="H32" s="156"/>
+      <c r="I32" s="156"/>
+      <c r="J32" s="156"/>
+      <c r="K32" s="156"/>
+      <c r="L32" s="156"/>
+      <c r="M32" s="156"/>
+      <c r="N32" s="156"/>
+      <c r="O32" s="156"/>
+      <c r="P32" s="156"/>
     </row>
     <row r="33" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="101"/>
       <c r="B33" s="102"/>
       <c r="C33" s="102"/>
       <c r="D33" s="102"/>
       <c r="E33" s="102"/>
       <c r="F33" s="102"/>
       <c r="G33" s="102"/>
       <c r="H33" s="102"/>
       <c r="I33" s="102"/>
       <c r="J33" s="102"/>
       <c r="K33" s="102"/>
       <c r="L33" s="102"/>
       <c r="M33" s="102"/>
       <c r="N33" s="102"/>
       <c r="O33" s="102"/>
     </row>
     <row r="34" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="101"/>
       <c r="B34" s="102"/>
       <c r="C34" s="102"/>
       <c r="D34" s="102"/>
       <c r="E34" s="102"/>
       <c r="F34" s="102"/>
@@ -3743,75 +3743,75 @@
       <c r="N59" s="109"/>
       <c r="O59" s="109"/>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A60" s="126"/>
       <c r="B60" s="109"/>
       <c r="C60" s="109"/>
       <c r="D60" s="109"/>
       <c r="E60" s="109"/>
       <c r="F60" s="109"/>
       <c r="G60" s="109"/>
       <c r="H60" s="109"/>
       <c r="I60" s="109"/>
       <c r="J60" s="109"/>
       <c r="K60" s="109"/>
       <c r="L60" s="109"/>
       <c r="M60" s="109"/>
       <c r="N60" s="109"/>
       <c r="O60" s="109"/>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.25">
       <c r="O62" s="127"/>
     </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="E1:K1"/>
+    <mergeCell ref="A24:F24"/>
+    <mergeCell ref="G24:O25"/>
+    <mergeCell ref="D4:G4"/>
+    <mergeCell ref="D5:G5"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="D18:K18"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="I3:J3"/>
+    <mergeCell ref="J4:K4"/>
     <mergeCell ref="A32:P32"/>
     <mergeCell ref="D23:K23"/>
     <mergeCell ref="D22:K22"/>
     <mergeCell ref="D19:K19"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="N22:O22"/>
     <mergeCell ref="N23:O23"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="D21:K21"/>
     <mergeCell ref="D20:K20"/>
     <mergeCell ref="N21:O21"/>
-    <mergeCell ref="E1:K1"/>
-[...10 lines deleted...]
-    <mergeCell ref="J4:K4"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.5" header="0.5" footer="0.25"/>
   <pageSetup scale="70" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;D    Page &amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="30" max="14" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1031" r:id="rId4" name="Button 7">
               <controlPr defaultSize="0" print="0" autoFill="0" autoLine="0" autoPict="0" macro="[0]!Macro4">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>723900</xdr:colOff>
                     <xdr:row>0</xdr:row>
@@ -3889,50 +3889,59 @@
   <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B9441F105D2A46449D5006A44F3D53F7" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e5c90c833dbe5f43a2a397a487c08b8d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="159110fb-3236-4ed9-a21e-e8354373b580" xmlns:ns4="f39c5747-e1ca-4788-b85b-48989d7d79f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3570c8355c2534eee42c88820f261878" ns3:_="" ns4:_="">
     <xsd:import namespace="159110fb-3236-4ed9-a21e-e8354373b580"/>
     <xsd:import namespace="f39c5747-e1ca-4788-b85b-48989d7d79f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4105,99 +4114,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{390D2BC7-A805-4E1C-9C13-337E73866B45}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="159110fb-3236-4ed9-a21e-e8354373b580"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="f39c5747-e1ca-4788-b85b-48989d7d79f9"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="159110fb-3236-4ed9-a21e-e8354373b580"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9ACAF86-6CA1-44ED-8355-59AAB53A6034}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4047800-770D-48BB-B90D-81ED168BB7C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="159110fb-3236-4ed9-a21e-e8354373b580"/>
     <ds:schemaRef ds:uri="f39c5747-e1ca-4788-b85b-48989d7d79f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -4213,35 +4213,35 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Arbitrator Expense Report</dc:title>
   <dc:creator>Prather, Dawn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100B9441F105D2A46449D5006A44F3D53F7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AdHocReviewCycleID">
-    <vt:i4>-1559037278</vt:i4>
+    <vt:i4>1522071118</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_EmailSubject">
-    <vt:lpwstr>Mileage Rates in Arbitrator Expense Reports </vt:lpwstr>
+    <vt:lpwstr>Action Required: Update Mileage Rate to 2026 IRS Standard ($0.725/mile)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ReviewingToolsShownOnce">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>